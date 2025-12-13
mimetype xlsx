--- v0 (2025-10-28)
+++ v1 (2025-12-13)
@@ -10,556 +10,721 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="440" uniqueCount="234">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="663" uniqueCount="326">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Jorge Vieira dos Santos Filho</t>
   </si>
   <si>
     <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/253/projeto_de_lei_002_2025_reaj_sal_serv_efet.pdf</t>
   </si>
   <si>
     <t>REAJUSTA O SALÁRIO DOS SERVIDORES EFETIVOS DO MUNICÍPIO DE VILA NOVA DOS MARTÍRIOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>337</t>
-[...2 lines deleted...]
-    <t>1</t>
+    <t>392</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>Ricardo Socorrão</t>
+  </si>
+  <si>
+    <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/392/projeto_de_lei_-_denominacao_praca_jatobazinho.docx</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI N°11/2025, DE 08 DE DEZEMBRO DE 2025. DISPÕE SOBRE A DENOMINAÇÃO DE PRAÇA PÚBLICA NO POVOADO JATOBAZINHO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>338</t>
+  </si>
+  <si>
+    <t>2</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
-  </si>
-[...13 lines deleted...]
-    <t>2</t>
   </si>
   <si>
     <t>Meikilo</t>
   </si>
   <si>
     <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/338/projeto_de_decreto_legislativo_n_05_-_elson_gomes_da_silva.pdf</t>
   </si>
   <si>
     <t>PROJETO DECRETO LEGISLATIVO N°05/2025, QUE DISPÕE SOBRE A CONCESSÃO DE MEDALHA DE HONRA AO MÉRITO AO ILUSTRÍSSIMO TENENTE GABRIEL FRANÇA DA SILVA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Josemar do Ouro</t>
   </si>
   <si>
     <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/339/projeto_de_decreto_legislativo_n_01_-_josemar_do_ouro.pdf</t>
   </si>
   <si>
     <t>PROJETO DECRETO LEGISLATIVO N°01/2025, QUE DISPÕE SOBRE A CONCESSÃO DE MEDALHA DE HONRA AO MÉRITO AO ILUSTRÍSSIMO SENHOR_x000D_
 SIMPLÍCIO BARBOSA DA CRUZ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>340</t>
-[...11 lines deleted...]
-  <si>
     <t>341</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Lia</t>
   </si>
   <si>
     <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/341/projeto_de_decreto_legislativo_n_02_-_lia.pdf</t>
   </si>
   <si>
     <t>PROJETO DECRETO LEGISLATIVO N°02/2025, QUE DISPÕE SOBRE A CONCESSÃO DE MEDALHA DE HONRA AO MÉRITO AO ILUSTRÍSSIMO SENHOR_x000D_
 ELIMAR SOUZA CAMPOS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
+    <t>372</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/</t>
+  </si>
+  <si>
+    <t>PROJETO DE DECRETO LEGISLATIVO Nº 02/2025 DISPÕE SOBRE A CONCESSÃO DE MEDALHA DE HONRA AO MÉRITO AO ILUSTRÍSSIMO SENHOR ELIMAR SOUZA CAMPOS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>373</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>Alione do Tetei</t>
+  </si>
+  <si>
+    <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/373/projeto_de_decreto_legislativo_no_04.2025_-_alione_farias.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE DECRETO LEGISLATIVO Nº 04/2025 DISPÕE SOBRE A CONCESSÃO DE MEDALHA DE HONRA AO MÉRITO À ILUSTRÍSSIMA SENHORA RAIMARA MONTEIRO DA SILVA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>374</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>Gil Santa Marta</t>
+  </si>
+  <si>
+    <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/374/projeto_de_decreto_legislativo_no_03.2025_-_jose_givanildo.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE DECRETO LEGISLATIVO Nº 03/2025 DISPÕE SOBRE A CONCESSÃO DE MEDALHA DE HONRA AO MÉRITO AO ILUSTRÍSSIMO SENHOR GILDÁSIO FERREIRA SILVA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>375</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/375/projeto_de_decreto_legislativo_no_05.2025_-_elson_gomes.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE DECRETO LEGISLATIVO Nº 01/2025 DISPÕE SOBRE A CONCESSÃO DE MEDALHA DE HONRA AO MÉRITO AO ILUSTRÍSSIMO TENENTE GABRIEL FRANÇA DA SILVA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>376</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>Professor Manoelzinho</t>
+  </si>
+  <si>
+    <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/376/projeto_de_decreto_legislativo_no_07.2025_-_manoel_ferreira.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE DECRETO LEGISLATIVO N° 07/2025 DISPÕE SOBRE A CONCESSÃO DE MEDALHA DE HONRA AO MÉRITO AO ILUSTRÍSSIMO PASTOR SENHOR JOSÉ SILVA VIANA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>377</t>
+  </si>
+  <si>
+    <t>Isac Soares</t>
+  </si>
+  <si>
+    <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/377/projeto_de_decreto_legislativo_no_08.2025_-_isac_soares.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE DECRETO LEGISLATIVO N° 07/2025 DISPÕE SOBRE A CONCESSÃO DE MEDALHA DE HONRA AO MÉRITO AO ILUSTRÍSSIMO TENENTE-CORONEL JANILSON CORDEIRO LINDOSO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
     <t>330</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Mesa Diretora - MDIR</t>
   </si>
   <si>
-    <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/330/projeto_de_resolucao_n02.pdf</t>
+    <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/330/res2.pdf</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO N°02/2025 DE AUTORIA DA MESA DIRETORA QUE INSTITUI A COMISSÃO ESPECIAL DE TÍTULOS E HONRARIAS</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>PAREC</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
     <t>CFIN - Comissão Permanente de Finanças e Orçamento, CJURE - Comissão Permanente de Justiça e Redação</t>
   </si>
   <si>
     <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/288/parecer_no06.2025.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 06/2025 DAS COMISSÕES PERMANENTES DE ORÇAMENTO E FINANÇAS E JUSTIÇA E REDAÇÃO, “REVOGA INTEGRALMENTE A LEI MUNICIPAL N° 300, DE 27 JUNHO DE 2023, QUE AUTORIZAVA A DESAFETAÇÃO E DOAÇÃO DE IMÓVEL PUBLICO MUNICIPAL À CÂMARA MUNICIPAL DE VILA NOVA DOS MARTÍRIOS/MA”</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>12</t>
-[...1 lines deleted...]
-  <si>
     <t>CJURE - Comissão Permanente de Justiça e Redação</t>
   </si>
   <si>
     <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/321/parecer_n05_2025_cjure.docx</t>
   </si>
   <si>
     <t>PARECER Nº 05/2025 DA COMISSÃO DE JUSTIÇA E REDAÇÃO SOBRE O PROJETO DE RESOLUÇÃO Nº 01/2025, “ALTERA A RESOLUÇÃO N° 01, DE 10 DE AGOSTO DE 2021, QUE DISPÕE SOBRE O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE VILA NOVA DOS MARTÍRIOS".</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>13</t>
-[...2 lines deleted...]
-    <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/322/parecer_n01_2025_mdir.docx</t>
+    <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/322/parecer_n_01.2025_da_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 01/2025 DA MESA DIRETORA SOBRE O PROJETO DE RESOLUÇÃO Nº 01/2025, “ALTERA A RESOLUÇÃO N° 01, DE 10 DE AGOSTO DE 2021, QUE DISPÕE SOBRE O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE VILA NOVA DOS MARTÍRIOS</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>CETHO - Comissão Especial de Títulos e Honrarias</t>
   </si>
   <si>
     <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/332/parecer_n01_cetho.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 01/2025 DA COMISSÃO ESPECIAL PARA A CONCESSÃO DE TÍTULOS DE CIDADÃO VILANOVENSE.</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/334/parecer_n09_cjure.pdf</t>
   </si>
   <si>
     <t>PARECER Nº09/2025 DA COMISSÃO DE JUSTIÇA E REDAÇÃO SOBRE O PROJETO DE DECRETO LEGISLATIVO QUE DISPÕE SOBRE AS CONCESSÕES DE MEDALHAS DE HONRA AO MÉRITO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/</t>
-[...2 lines deleted...]
-    <t>PARECER Nº10/2025 SOBRE O PROJETO DE DECRETO LEGISLATIVO QUE DISPÕE SOBRE A CONCESSÃO DE TÍTULOS DE CIDADÃO VILANOVENSE E DÁ OUTRAS PROVIDÊNCIAS.</t>
+    <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/335/parecer_n1o.2o25_da_comissao_de_justica_e_redacao.pdf</t>
+  </si>
+  <si>
+    <t>PARECER Nº10/2025 DA COMISSÃO DE JUSTIÇA E REDAÇÃO SOBRE O PROJETO DE DECRETO LEGISLATIVO QUE DISPÕE SOBRE A CONCESSÃO DE TÍTULOS DE CIDADÃO VILANOVENSE E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>357</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>Tribunal de Contas do Estado do Maranhão - TCE</t>
+  </si>
+  <si>
+    <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/357/parecer_previo_pl_-_tce_no_267.2024.pdf</t>
+  </si>
+  <si>
+    <t>PARECER PRÉVIO PL - TCE Nº 267/2024</t>
+  </si>
+  <si>
+    <t>383</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>CFIN - Comissão Permanente de Finanças e Orçamento</t>
+  </si>
+  <si>
+    <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/383/parecer_cfin_julgamento_de_contas_exercicio_financeiro_2021.pdf</t>
+  </si>
+  <si>
+    <t>PARECER DA COMISSÃO DE FINANÇAS E ORÇAMENTO PARA ANÁLISE DAS CONTAS DO GESTOR DA PREFEITURA MUNICIPAL DE VILA NOVA DOS MARTÍRIOS – MA, EXERCÍCIO FINANCEIRO, ANO DE 2021</t>
+  </si>
+  <si>
+    <t>390</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/390/parecer_julgamento_contas_-_exercicio_2013.pdf</t>
+  </si>
+  <si>
+    <t>PARECER DA COMISSÃO DE FINANÇAS E ORÇAMENTO PARA ANÁLISE DAS CONTAS DO GESTOR DA PREFEITURA MUNICIPAL DE VILA NOVA DOS MARTÍRIOS – MA, EXERCÍCIO FINANCEIRO, ANO DE 2013</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>REC</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Raniere Pinto</t>
   </si>
   <si>
     <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/265/req_01_raniere_1.pdf</t>
   </si>
   <si>
     <t>Assunto: Requerimento de licença do Mandato de Vereadora</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>9</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/324/requerimento_no_01.2025_gil_santa_marta.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 01/2025 SOLICITA ESCLARECIMENTOS DETALHADOS ACERCA DAS INTERRUPÇÕES NO FORNECIMENTO DE ENERGIA ELÉTRICA, BEM COMO SOBRE OS DANOS EM DECORRÊNCIA DESSAS FALHAS.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>10</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/336/requerimento_n02.2025_-_maria_jose.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 02/2025 DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO VILANOVENSE AO ILUSTRÍSSIMO VEREADOR SENHOR MANOEL FERREIRA DA SILVA E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>342</t>
-  </si>
-[...1 lines deleted...]
-    <t>11</t>
   </si>
   <si>
     <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/342/requerimento_n01.2025_-_maria_jose.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 01/2025 DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO VILANOVENSE AO ILUSTRÍSSIMO SENHOR MANOEL RESENDE BONFIM E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/343/requerimento_n_02.2025_-_jose_givanildo.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 02/2025 DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO VILANOVENSE AO ILUSTRÍSSIMO SENHOR MANOEL MESSIAS SOARES DA SILVA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>REQUERIMENTO N° 01/2025 DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO VILANOVENSE AO ILUSTRÍSSIMO SENHOR GERALDINO COSTA E DÁ_x000D_
 OUTRAS PROVIDENCLAS.</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/345/requerimento_n_01.2025_-_josemar_rodrigues.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 01/2025 DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃ VILANOVENSE À ILUSTRÍSSIMA SENHORA ELIZABETHE PEREIRA DE SOUSA DA CUNHA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/346/requerimento_n_02.2025_-_josemar_rodrigues.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 02/2025 DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃ VILANOVENSE À ILUSTRÍSSIMA SENHORA PEDRA CRUZ DE CASTRO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>347</t>
-[...10 lines deleted...]
-  <si>
     <t>348</t>
   </si>
   <si>
     <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/348/requerimento_n_02.2025_-_alione.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 02/2025 DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO VILANOVENSE AO ILUSTRÍSSIMO SENHOR DANIEL COSTA NASCIMENTO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
     <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/349/requerimento_n_02.2025_-_alione.pdf</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
     <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/350/requerimento_n_01.2025_-_alione.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 02/2025 DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO VILANOVENSE AO ILUSTRÍSSIMO SENHOR WELLRYK OLIVEIRA COSTA DA SILVA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>Isac Soares</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/351/requerimento_n_01.2025_-_isac_soares.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 01/2025 DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO VILANOVENSE AO EXCELENTÍSSIMO DEPUTADO FEDERAL JOSIVALDO DOS SANTOS MELO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>352</t>
-[...8 lines deleted...]
-    <t>REQUERIMENTO Nº 02/2025 DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃ VILANOVENSE À ILUSTRÍSSIMA SENHORA JOVENITA SILVA DE SOUSA E DÁ OUTRAS PROVIDÊNCIAS.</t>
+    <t>358</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/358/requerimento_no_01.2025_-_alione.pdf</t>
+  </si>
+  <si>
+    <t>REQUERIMENTO Nº 01/2025 DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO VILANOVENSE AO ILUSTRÍSSIMO SENHOR WELLRYK OLIVEIRA COSTA DA SILVA E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>359</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/359/requerimento_no_01.2025_-_alione.pdf</t>
+  </si>
+  <si>
+    <t>360</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/360/requerimento_no1.2o25_-_elson_gomes.pdf</t>
+  </si>
+  <si>
+    <t>REQUERIMENTO Nº 01/2025 DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO VILANOVENSE AO ILUSTRÍSSIMO PASTOR_x000D_
+PAULO PEREIRA DE SILVA LIMA E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>361</t>
+  </si>
+  <si>
+    <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/361/requerimento_n02.2025_-_elson_gomes.pdf</t>
+  </si>
+  <si>
+    <t>REQUERIMENTO Nº 02/2025 DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO VILANOVENSE AO ILUSTRÍSSIMO TAFFAREL BATISTA DE CASTRO LEITE E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>363</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/363/requerimento_n_02.2025_-_isac_soares.pdf</t>
+  </si>
+  <si>
+    <t>REQUERIMENTO Nº 02/2025 DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃ VILANOVENSE À ILUSTRÍSSIMA JOVENITA_x000D_
+SILVA DE SOUSA E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>364</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/364/requerimento_n_01.2025_-_manoel_ferreira.pdf</t>
+  </si>
+  <si>
+    <t>REQUERIMENTO Nº 01/2025 DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO VILANOVENSE AO ILUSTRÍSSIMO SENHOR JOSÉ PEREIRA GONÇALVES E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>365</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/365/requerimento_n_02.2025_-_manoel_ferreira.pdf</t>
+  </si>
+  <si>
+    <t>REQUERIMENTO Nº 02/2025 DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO VILANOVENSE AO ILUSTRÍSSIMO SENHOR LOURIVAL BARBOSA DE SOUSA E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>366</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/366/requerimento_n_01.2025_-_ricardo_matos.pdf</t>
+  </si>
+  <si>
+    <t>REQUERIMENTO Nº 01/2025 DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO VILANOVENSE AO ILUSTRÍSSIMO SENHOR SEBASTIÃO TORRES MADEIRA E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>367</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>REQUERIMENTO Nº 02/2025 DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO VILANOVENSE AO ILUSTRÍSSIMO SENHOR AFONSO PEREIRA DE ARRUDA E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>368</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>REQUERIMENTO Nº 03/2025 DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃ VILANOVENSE À ILUSTRÍSSIMA SENHORA_x000D_
+FABIANA APARECIDA DA SILVA E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>369</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/369/requerimento_n_02.2025_-_ricardo_matos.pdf</t>
+  </si>
+  <si>
+    <t>370</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/370/requerimento_no_01.2025_-_prefeito_jorge_vieira.pdf</t>
+  </si>
+  <si>
+    <t>REQUERIMENTO Nº 01/2025 DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO VILANOVENSE AO ILUSTRÍSSIMO SENHOR_x000D_
+MARCONE CONCEIÇÃO DE SOUSA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/13/indicacao_no01.2025.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 01/2025 DE AUTORIA DO VEREADOR JOSÉ GIVANILDO DE SOUSA MATIAS. ASSUNTO: INSTALAÇÃO DE UM QUEBRA MOLAS (REDUTOR DE VELOCIDADE) NA AV. RIO BRANCO ENTRE A CONVENIÊNCIA E A DISTRIBUIDORA DE BEBIDAS NOSSO SENHOR DO BONFIM.</t>
   </si>
   <si>
     <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/21/indicacao_no_17.2025_gil_santa_marta.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº17/2025 AUTORIA DO EXMO. SR. VEREADOR JOSÉ GIVANILDO DE SOUSA MATIAS. ASSUNTO: IMPLANTAÇÃO DE UM CENTRO SOCIAL NO POVOADO LONTRA, NO MUNICÍPIO DE VILA NOVA DOS MARTÍRIOS – MA.</t>
   </si>
   <si>
-    <t>22</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/22/indicacao_no18.2025.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº18/2025 DE AUTORIA DO VEREADOR JOSÉ GIVANILDO DE SOUSA MATIAS. ASSUNTO: COLOCAÇÃO DE PIÇARRA EM DOIS PONTOS, COM DISTÂNCIA DE 150M, NA VICINAL QUE DÁ ACESSO AO SR. JUVENAL, SR. JOÃO DO BOM, NETÃO E SR. ANTÔNIO.</t>
   </si>
   <si>
-    <t>23</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/23/indicacao_no19.2025.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 19/2025 DE AUTORIA DO VEREADOR GIL SANTA MARTA. ASSUNTO: CONSTRUÇÃO DO PORTO COM RAMPA DE ACESSO E ÁREA COBERTA EM CURVELÂNDIA.</t>
   </si>
   <si>
-    <t>24</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/24/indicacao_no20.2025.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 20/2025 DE AUTORIA DO VEREADOR GIL SANTA MARTA. ASSUNTO: PATROLAMENTO NAS ESTRADAS RURAIS (SAPUCAIA).</t>
   </si>
   <si>
-    <t>26</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/26/indicacao_no22.2025.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº22/2025 SOLICITA A INSTALAÇÃO DO SISTEMA DE ENERGIA SOLAR COM A COLOCAÇÃO DE PLACAS SOLARES NA CÂMARA DE VILA NOVA DOS MARTÍRIOS-MA, PARA GERAÇÃO DE ENERGIA LIMPA DE FONTES RENOVAVEIS.</t>
   </si>
   <si>
-    <t>27</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/27/indicacao_no23.2025.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº23/2025 CRIAÇAO DO PROJETO DE LEI PARA A PROIBIÇÃO DE AMBULANTES EM VILA NOVA DOS MARTÍRIOS - MA.</t>
   </si>
   <si>
-    <t>28</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/28/indicacao_no26.2025.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº26/2025  DE AUTORIA DO VEREADOR JOSÉ GIVANILDO DE SOUSA MATIAS. ASSUNTO: CONSERTO E MANUTENÇÃO  DA PONTE DA SRA. IZAURA QUE FICA NA ANTIGA ESTRADA DA ELETRONORTE NO MUNICÍPIO DE VILA NOVA DOS MARTIRIOS - MA.</t>
   </si>
   <si>
-    <t>29</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/29/indicacao_no27.2025.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 27/2025 MANUTENÇÃO E EMPIÇARRAMENTO  DA ESTRADA DO ZE BAIANO - TRAIRAS NO MUNICIPIO DE VILA NOVA DOS MARTIRIOS-MA.</t>
-  </si>
-[...1 lines deleted...]
-    <t>30</t>
   </si>
   <si>
     <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/30/indicacao_no28.2025.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº28/2025 CONSTRUÇÃO DE UMA PRAÇA PUBLICA NA ENTRADA DA CIDADE NO_x000D_
 MUNICIPIO DE VILA NOVA DOS MARTÍRIOS-MA.</t>
   </si>
   <si>
-    <t>33</t>
-[...1 lines deleted...]
-  <si>
     <t>Gil Santa Marta, Josemar do Ouro</t>
   </si>
   <si>
     <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/33/indicacao_conjunta_n33.2024_gil_santa_marta_e_josemar_do_ouro.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 33/2025 DE AUTORIA DO VEREADOR GIL SANTA MARTA. ASSUNTO: CALÇAMENTO NAS RUAS DO BAIRRO NOVO COM CONSTRUÇÃO DE CALÇADAS NAS MARGENS DA RODOVIA MA 125 EM CURVELÂNDIA NO MUNICÍPIO DE VILA NOVA DOS MARTÍRIOS - MA.</t>
-  </si>
-[...4 lines deleted...]
-    <t>31</t>
   </si>
   <si>
     <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/34/indicacao_conjunta_no_34.2025_gil_santa_marta_e_josemar_do_ouro.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO CONJUNTA Nº34/2025 DE AUTORIA DOS VEREADORES GIL SANTA MARTA E JOSEMAR DO OURO. ASSUNTO: CONSTRUÇAO DE UMA PRAÇA NO BAIRRO VILA AMERICANA NO MUNICIPIO DE VILA NOVA DOS MARTIRIOS-MA.</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/51/indicacao_no49.2025.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO CONJUNTA Nº49/2025 ASUNTO:  CONSTRUÇAO E DOAÇÃO DE BANHEIROS SANITARIOS PARA FAMILIAS DE BAIXA_x000D_
 RENDA DESTE MUNICIPIO VILA NOVA DOS MARTÍRIOS - MA</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>77</t>
@@ -636,51 +801,51 @@
   <si>
     <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/298/indicagao_conjunta_n_12.2025_vereadores_gil_santa_marta_e_josemar_do_ouro.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO CONJUNTA Nº 12/2025 DE AUTORIA DOS EXMOS. SENHORES VEREADORES: JOSÉ GIVANILDO DE SOUSA MATIAS E JOSEMAR RODRIGUES DA SILVA. ASSUNTO: CAMADA ASFÁLTICA EM VIAS URBANAS DO MUNICÍPIO DE VILA NOVA DOS MARTÍRIOS - MA.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/307/indicacao_no_60.2025_gil_santa_marta.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 60/2025 DE AUTORIA DO EXMO. SENHOR VEREADOR JOSÉ GIVANILDO DE SOUSA MATIAS. ASSUNTO: CAMADA ASFÁLTICA NAS RUAS 02 E 03 NO BAIRRO CONJUNTO HABITAR BRASIL.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/308/indicacao_no07.2025-_aprofundamento_dos_pocos_artesianos_ja_existentes_lencol_araguaia.docx</t>
+    <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/308/indicacao_no07.2025_aprofundamento_dos_pocos_artesianos.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 07/2025 DE AUTORIA DA EXMA. SENHORA VEREADORA ALIONE FARIAS DE ALMEIDA. ASSUNTO: APROFUNDAMENTO DOS POÇOS ARTESIANOS JÁ EXISTENTES NO MUNICÍPIO, COM O OBJETIVO DE ATINGIR O LENÇOL FREÁTICO VINCULADO AO RIO ARAGUAIA.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/316/indicacao_no_62.2025.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 62/2025 DE AUTORIA DA VEREADORA MARIA JOSÉ FERREIRA DE SOUSA. ASSUNTO: IMPLANTAÇÃO DA PATRULHA MARIA DA PENHA NO ÂMBITO DO 32º BATALHÃO DE POLÍCIA MILITAR DA 3ª CIA EM VILA NOVA DOS MARTÍRIOS - MA.</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
     <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/323/indicacao_61_gil_santa_marta_ponte_coalhada.pdf</t>
   </si>
@@ -705,63 +870,177 @@
   <si>
     <t>283</t>
   </si>
   <si>
     <t>Josemar do Ouro, Gil Santa Marta</t>
   </si>
   <si>
     <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/326/indicacao_conjunta_no_25.2025_consultas_e_entregas_de_oculos.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 25/2025 DE AUTORIA DOS VEREADORES JOSEMAR RODRIGUES DA SILVA E JOSÉ GIVANILDO DE SOUSA MATIAS. ASSUNTO: AÇÃO DE SAÚDE COM ATENDIMENTO OFTALMOLÓGICO E DISTRIBUIÇÃO DE ÓCULOS NOS POVOADOS MARCOLÂNDIA E CURVELÂNDIA.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/329/indicacao_no63.2025_patrolamento_de_trecho_de_via_rural.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO Nº 63/2025 DE AUTORIA DO VEREADOR JOSÉ GIVANILDO DE SOUSA MATIAS. ASSUNTO: REALIZAÇÃO DE SERVIÇOS DE PATROLAMENTO EM TRECHO DE VIA RURAL.</t>
   </si>
   <si>
+    <t>379</t>
+  </si>
+  <si>
+    <t>287</t>
+  </si>
+  <si>
+    <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/379/indicacao_no_41.2025_josemar_rodrigues.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO Nº 41/2025 AUTORIA DO SENHOR VEREADOR JOSEMAR RODRIGUES DA SILVA. ASSUNTO: CONSTRUÇÃO DE SANITÁRIOS PÚBLICOS NA ÁREA DA FEIRA MUNICIPAL, LOCALIZADA AO LADO DA CÂMARA MUNICIPAL DE VILA NOVA DOS MARTÍRIOS.</t>
+  </si>
+  <si>
+    <t>384</t>
+  </si>
+  <si>
+    <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/384/indicacao_no_42.2025_josemar_rodrigues_som_automotivo.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO Nº 42/2025 AUTORIA DO EXMO. VEREADOR JOSEMAR RODRIGUES DA SILVA. ASSUNTO: LOCAL ADEQUADO E REGULAMENTADO PARA A PRÁTICA DE SOM AUTOMOTIVO NO MUNICÍPIO DE VILA NOVA DOS MARTÍRIOS.</t>
+  </si>
+  <si>
+    <t>386</t>
+  </si>
+  <si>
+    <t>289</t>
+  </si>
+  <si>
+    <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/386/indicacao_no16.2025_carro_para_o_conselho_tutelar.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO Nº 16/2025 AUTORIA DO EXMO. SENHOR VEREADOR RICARDO VIANA MATOS. ASSUNTO: DESTINAÇÃO DE UM VEÍCULO PARA O CONSELHO TUTELAR DO MUNICÍPIO DE VILA NOVA DOS MARTÍRIOS - MA.</t>
+  </si>
+  <si>
+    <t>387</t>
+  </si>
+  <si>
+    <t>290</t>
+  </si>
+  <si>
+    <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/387/indicacao_no_43.2025_construcao_de_uma_creche.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO Nº 43/2025 AUTORIA DO SENHOR VEREADOR JOSEMAR RODRIGUES DA SILVA. ASSUNTO: CONSTRUÇÃO DE UMA CRECHE MUNICIPAL NO BAIRRO SÃO GERALDO E SOL NASCENTE, NO MUNICÍPIO DE VILA NOVA DOS MARTÍRIOS.</t>
+  </si>
+  <si>
+    <t>388</t>
+  </si>
+  <si>
+    <t>291</t>
+  </si>
+  <si>
+    <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/388/indicacao_no09.2025_construcao_de_um_espaco_para_manobras_e_esporte_com_bike.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO N° 09/2025 AUTORIA DA SENHORA VEREADORA ALIONE FARIAS DE ALMEIDA. ASSUNTO: CONSTRUÇÃO DE UM ESPAÇO ESTRUTURADO PARA A PRÁTICA DE ESPORTES E MANOBRAS COM BICICLETA NO MUNICÍPIO DE VILA NOVA DOS MARTÍRIOS.</t>
+  </si>
+  <si>
+    <t>389</t>
+  </si>
+  <si>
+    <t>292</t>
+  </si>
+  <si>
+    <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/389/indicacao_no65.2025_limpeza_do_cemiterio_de_curvelandia.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO Nº 65/2025 AUTORIA DO SENHOR VEREADOR JOSÉ GIVANILDO DE SOUSA MATIAS. ASSUNTO: LIMPEZA E RECOLHIMENTO DE LIXO NO CEMITÉRIO DO POVOADO CURVELÂNDIA.</t>
+  </si>
+  <si>
+    <t>391</t>
+  </si>
+  <si>
+    <t>293</t>
+  </si>
+  <si>
+    <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/391/indicacao_no66.2025_patrolamento_estrada_zona_rural_do_jabuti.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO Nº 66/2025 AUTORIA DO SENHOR VEREADOR JOSÉ GIVANILDO DE SOUSA MATIAS. ASSUNTO: PATROLAMENTO DA ESTRADA QUE LIGA AS PROPRIEDADES DO SR. PINHEIRO AO SR. ETEVALDO, NA ZONA RURAL DO JABUTI, NESTE MUNICÍPIO DE VILA NOVA DOS MARTÍRIOS - MA.</t>
+  </si>
+  <si>
+    <t>393</t>
+  </si>
+  <si>
+    <t>294</t>
+  </si>
+  <si>
+    <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/393/indicacao_no44.2025_bloqueteamento_ou_asfaltamento_da_rua_da_escola_povoado_jatobazinho.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO Nº 44/2025 AUTORIA DO SENHOR VEREADOR JOSEMAR RODRIGUES DA SILVA. ASSUNTO: ASFALTAMENTO OU BLOQUETEAMENTO DA RUA DA ESCOLA, SITUADA NO POVOADO JATOBAZINHO, NO MUNICÍPIO DE VILA NOVA DOS MARTÍRIOS - MA.</t>
+  </si>
+  <si>
+    <t>394</t>
+  </si>
+  <si>
+    <t>295</t>
+  </si>
+  <si>
+    <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/394/indicacao_no67.2025-_patrolamento_da_estrada_ze_rivaldo.docx</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO Nº 67/2025 AUTORIA DO SENHOR VEREADOR JOSÉ GIVANILDO DE SOUSA MATIAS. ASSUNTO: PATROLAMENTO DA ESTRADA RURAL LOCALIZADA NA REGIÃO DA CABECEIRA DO JABUTI, NO TRECHO ENTRE AS PROPRIEDADES DO SR. ZÉ ANTÔNIO E ZÉ RIVALDO.</t>
+  </si>
+  <si>
     <t>270</t>
   </si>
   <si>
     <t>DEC</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
     <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/270/decreto_no04.2025-_ponto_facultativo_dia_do_trabalhador.pdf</t>
   </si>
   <si>
     <t>DECRETO LEGISLATIVO Nº04/2025 DE 29 DE ABRIL DE 2025. “DECRETO LEGISLATIVO QUE ESTABELECE PONTO FACULTATIVO NO ÂMBITO DO PODER LEGISLATIVO NO MUNICÍPIO DE VILA NOVA DOS MARTÍRIOS-MA.”</t>
+  </si>
+  <si>
+    <t>385</t>
+  </si>
+  <si>
+    <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/385/20251125113015_001.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO LEGISLATIVO N°07/2025 - Aprova as Contas da Prefeitura Municipal de Vila Nova dos Martírios – MA, de responsabilidade do prefeito Jorge Vieira dos Santos Filho referente ao Exercício Financeiro de 2021 – PROCESSO N° 3587/2022 do TCE/MA.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -1065,68 +1344,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/253/projeto_de_lei_002_2025_reaj_sal_serv_efet.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/337/projeto_de_decreto_legislativo_n_04_-_alione_farias_de_almeida.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/338/projeto_de_decreto_legislativo_n_05_-_elson_gomes_da_silva.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/339/projeto_de_decreto_legislativo_n_01_-_josemar_do_ouro.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/340/projeto_de_decreto_legislativo_n_03_-_gil_santa_martapdf.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/341/projeto_de_decreto_legislativo_n_02_-_lia.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/330/projeto_de_resolucao_n02.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/288/parecer_no06.2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/321/parecer_n05_2025_cjure.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/322/parecer_n01_2025_mdir.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/332/parecer_n01_cetho.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/334/parecer_n09_cjure.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/265/req_01_raniere_1.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/324/requerimento_no_01.2025_gil_santa_marta.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/336/requerimento_n02.2025_-_maria_jose.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/342/requerimento_n01.2025_-_maria_jose.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/343/requerimento_n_02.2025_-_jose_givanildo.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/345/requerimento_n_01.2025_-_josemar_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/346/requerimento_n_02.2025_-_josemar_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/347/requerimento_n01.2025_-_elson_gomes.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/348/requerimento_n_02.2025_-_alione.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/349/requerimento_n_02.2025_-_alione.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/350/requerimento_n_01.2025_-_alione.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/351/requerimento_n_01.2025_-_isac_soares.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/352/requerimento_no_02.2025_-_isac_soares.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/13/indicacao_no01.2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/21/indicacao_no_17.2025_gil_santa_marta.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/22/indicacao_no18.2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/23/indicacao_no19.2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/24/indicacao_no20.2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/26/indicacao_no22.2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/27/indicacao_no23.2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/28/indicacao_no26.2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/29/indicacao_no27.2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/30/indicacao_no28.2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/33/indicacao_conjunta_n33.2024_gil_santa_marta_e_josemar_do_ouro.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/34/indicacao_conjunta_no_34.2025_gil_santa_marta_e_josemar_do_ouro.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/51/indicacao_no49.2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/81/indicacao_conjunta_7_elson_e_isac.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/100/indicacao_no01.2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/159/indicacao_no05.2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/220/indicacao_5_josemar.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/224/indicacao_9_josemar.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/298/indicagao_conjunta_n_12.2025_vereadores_gil_santa_marta_e_josemar_do_ouro.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/307/indicacao_no_60.2025_gil_santa_marta.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/308/indicacao_no07.2025-_aprofundamento_dos_pocos_artesianos_ja_existentes_lencol_araguaia.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/316/indicacao_no_62.2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/323/indicacao_61_gil_santa_marta_ponte_coalhada.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/325/indicacao_n_63-2025_lia_e_corpo_parlamentar.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/326/indicacao_conjunta_no_25.2025_consultas_e_entregas_de_oculos.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/329/indicacao_no63.2025_patrolamento_de_trecho_de_via_rural.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/270/decreto_no04.2025-_ponto_facultativo_dia_do_trabalhador.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/253/projeto_de_lei_002_2025_reaj_sal_serv_efet.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/392/projeto_de_lei_-_denominacao_praca_jatobazinho.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/338/projeto_de_decreto_legislativo_n_05_-_elson_gomes_da_silva.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/339/projeto_de_decreto_legislativo_n_01_-_josemar_do_ouro.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/341/projeto_de_decreto_legislativo_n_02_-_lia.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/373/projeto_de_decreto_legislativo_no_04.2025_-_alione_farias.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/374/projeto_de_decreto_legislativo_no_03.2025_-_jose_givanildo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/375/projeto_de_decreto_legislativo_no_05.2025_-_elson_gomes.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/376/projeto_de_decreto_legislativo_no_07.2025_-_manoel_ferreira.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/377/projeto_de_decreto_legislativo_no_08.2025_-_isac_soares.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/330/res2.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/288/parecer_no06.2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/321/parecer_n05_2025_cjure.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/322/parecer_n_01.2025_da_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/332/parecer_n01_cetho.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/334/parecer_n09_cjure.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/335/parecer_n1o.2o25_da_comissao_de_justica_e_redacao.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/357/parecer_previo_pl_-_tce_no_267.2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/383/parecer_cfin_julgamento_de_contas_exercicio_financeiro_2021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/390/parecer_julgamento_contas_-_exercicio_2013.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/265/req_01_raniere_1.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/324/requerimento_no_01.2025_gil_santa_marta.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/336/requerimento_n02.2025_-_maria_jose.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/342/requerimento_n01.2025_-_maria_jose.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/343/requerimento_n_02.2025_-_jose_givanildo.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/345/requerimento_n_01.2025_-_josemar_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/346/requerimento_n_02.2025_-_josemar_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/348/requerimento_n_02.2025_-_alione.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/349/requerimento_n_02.2025_-_alione.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/350/requerimento_n_01.2025_-_alione.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/351/requerimento_n_01.2025_-_isac_soares.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/358/requerimento_no_01.2025_-_alione.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/359/requerimento_no_01.2025_-_alione.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/360/requerimento_no1.2o25_-_elson_gomes.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/361/requerimento_n02.2025_-_elson_gomes.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/363/requerimento_n_02.2025_-_isac_soares.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/364/requerimento_n_01.2025_-_manoel_ferreira.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/365/requerimento_n_02.2025_-_manoel_ferreira.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/366/requerimento_n_01.2025_-_ricardo_matos.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/369/requerimento_n_02.2025_-_ricardo_matos.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/370/requerimento_no_01.2025_-_prefeito_jorge_vieira.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/13/indicacao_no01.2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/21/indicacao_no_17.2025_gil_santa_marta.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/22/indicacao_no18.2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/23/indicacao_no19.2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/24/indicacao_no20.2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/26/indicacao_no22.2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/27/indicacao_no23.2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/28/indicacao_no26.2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/29/indicacao_no27.2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/30/indicacao_no28.2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/33/indicacao_conjunta_n33.2024_gil_santa_marta_e_josemar_do_ouro.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/34/indicacao_conjunta_no_34.2025_gil_santa_marta_e_josemar_do_ouro.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/51/indicacao_no49.2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/81/indicacao_conjunta_7_elson_e_isac.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/100/indicacao_no01.2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/159/indicacao_no05.2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/220/indicacao_5_josemar.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/224/indicacao_9_josemar.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/298/indicagao_conjunta_n_12.2025_vereadores_gil_santa_marta_e_josemar_do_ouro.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/307/indicacao_no_60.2025_gil_santa_marta.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/308/indicacao_no07.2025_aprofundamento_dos_pocos_artesianos.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/316/indicacao_no_62.2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/323/indicacao_61_gil_santa_marta_ponte_coalhada.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/325/indicacao_n_63-2025_lia_e_corpo_parlamentar.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/326/indicacao_conjunta_no_25.2025_consultas_e_entregas_de_oculos.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/329/indicacao_no63.2025_patrolamento_de_trecho_de_via_rural.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/379/indicacao_no_41.2025_josemar_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/384/indicacao_no_42.2025_josemar_rodrigues_som_automotivo.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/386/indicacao_no16.2025_carro_para_o_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/387/indicacao_no_43.2025_construcao_de_uma_creche.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/388/indicacao_no09.2025_construcao_de_um_espaco_para_manobras_e_esporte_com_bike.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/389/indicacao_no65.2025_limpeza_do_cemiterio_de_curvelandia.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/391/indicacao_no66.2025_patrolamento_estrada_zona_rural_do_jabuti.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/393/indicacao_no44.2025_bloqueteamento_ou_asfaltamento_da_rua_da_escola_povoado_jatobazinho.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/394/indicacao_no67.2025-_patrolamento_da_estrada_ze_rivaldo.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/270/decreto_no04.2025-_ponto_facultativo_dia_do_trabalhador.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/385/20251125113015_001.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H55"/>
+  <dimension ref="A1:H83"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="96.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="170.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="173.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -1149,1415 +1428,2140 @@
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>12</v>
+      </c>
+      <c r="F3" t="s">
         <v>18</v>
       </c>
-      <c r="E3" t="s">
+      <c r="G3" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="F3" t="s">
+      <c r="H3" t="s">
         <v>20</v>
-      </c>
-[...4 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
+        <v>21</v>
+      </c>
+      <c r="B4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4" t="s">
         <v>23</v>
       </c>
-      <c r="B4" t="s">
-[...2 lines deleted...]
-      <c r="C4" t="s">
+      <c r="E4" t="s">
         <v>24</v>
-      </c>
-[...4 lines deleted...]
-        <v>19</v>
       </c>
       <c r="F4" t="s">
         <v>25</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>26</v>
       </c>
       <c r="H4" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>28</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>29</v>
       </c>
       <c r="D5" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="E5" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>30</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>31</v>
       </c>
       <c r="H5" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>33</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="E6" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="H6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D7" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="E7" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F7" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="G7" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H7" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>42</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
+        <v>43</v>
+      </c>
+      <c r="D8" t="s">
+        <v>23</v>
+      </c>
+      <c r="E8" t="s">
         <v>24</v>
       </c>
-      <c r="D8" t="s">
-[...2 lines deleted...]
-      <c r="E8" t="s">
+      <c r="F8" t="s">
         <v>44</v>
       </c>
-      <c r="F8" t="s">
+      <c r="G8" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="G8" s="1" t="s">
+      <c r="H8" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
+        <v>47</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
         <v>48</v>
       </c>
-      <c r="B9" t="s">
-[...2 lines deleted...]
-      <c r="C9" t="s">
+      <c r="D9" t="s">
+        <v>23</v>
+      </c>
+      <c r="E9" t="s">
+        <v>24</v>
+      </c>
+      <c r="F9" t="s">
         <v>49</v>
       </c>
-      <c r="D9" t="s">
+      <c r="G9" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="E9" t="s">
+      <c r="H9" t="s">
         <v>51</v>
-      </c>
-[...7 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
+        <v>52</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>53</v>
+      </c>
+      <c r="D10" t="s">
+        <v>23</v>
+      </c>
+      <c r="E10" t="s">
+        <v>24</v>
+      </c>
+      <c r="F10" t="s">
+        <v>25</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="H10" t="s">
         <v>55</v>
-      </c>
-[...19 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
+        <v>56</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
+        <v>57</v>
+      </c>
+      <c r="D11" t="s">
+        <v>23</v>
+      </c>
+      <c r="E11" t="s">
+        <v>24</v>
+      </c>
+      <c r="F11" t="s">
+        <v>58</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="H11" t="s">
         <v>60</v>
-      </c>
-[...19 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
+        <v>61</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
+        <v>17</v>
+      </c>
+      <c r="D12" t="s">
+        <v>23</v>
+      </c>
+      <c r="E12" t="s">
+        <v>24</v>
+      </c>
+      <c r="F12" t="s">
+        <v>62</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="H12" t="s">
         <v>64</v>
-      </c>
-[...19 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
+        <v>65</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>22</v>
+      </c>
+      <c r="D13" t="s">
+        <v>66</v>
+      </c>
+      <c r="E13" t="s">
+        <v>67</v>
+      </c>
+      <c r="F13" t="s">
+        <v>68</v>
+      </c>
+      <c r="G13" s="1" t="s">
         <v>69</v>
       </c>
-      <c r="B13" t="s">
-[...2 lines deleted...]
-      <c r="C13" t="s">
+      <c r="H13" t="s">
         <v>70</v>
-      </c>
-[...13 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
+        <v>71</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>72</v>
+      </c>
+      <c r="D14" t="s">
         <v>73</v>
       </c>
-      <c r="B14" t="s">
-[...2 lines deleted...]
-      <c r="C14" t="s">
+      <c r="E14" t="s">
         <v>74</v>
       </c>
-      <c r="D14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F14" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="H14" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
-        <v>78</v>
+        <v>57</v>
       </c>
       <c r="D15" t="s">
+        <v>73</v>
+      </c>
+      <c r="E15" t="s">
+        <v>74</v>
+      </c>
+      <c r="F15" t="s">
         <v>79</v>
       </c>
-      <c r="E15" t="s">
+      <c r="G15" s="1" t="s">
         <v>80</v>
       </c>
-      <c r="F15" t="s">
+      <c r="H15" t="s">
         <v>81</v>
-      </c>
-[...4 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
+        <v>82</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>17</v>
+      </c>
+      <c r="D16" t="s">
+        <v>73</v>
+      </c>
+      <c r="E16" t="s">
+        <v>74</v>
+      </c>
+      <c r="F16" t="s">
+        <v>68</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="H16" t="s">
         <v>84</v>
-      </c>
-[...19 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
+        <v>85</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>86</v>
+      </c>
+      <c r="D17" t="s">
+        <v>73</v>
+      </c>
+      <c r="E17" t="s">
+        <v>74</v>
+      </c>
+      <c r="F17" t="s">
+        <v>87</v>
+      </c>
+      <c r="G17" s="1" t="s">
         <v>88</v>
       </c>
-      <c r="B17" t="s">
-[...2 lines deleted...]
-      <c r="C17" t="s">
+      <c r="H17" t="s">
         <v>89</v>
-      </c>
-[...13 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
+        <v>90</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>91</v>
+      </c>
+      <c r="D18" t="s">
+        <v>73</v>
+      </c>
+      <c r="E18" t="s">
+        <v>74</v>
+      </c>
+      <c r="F18" t="s">
+        <v>79</v>
+      </c>
+      <c r="G18" s="1" t="s">
         <v>92</v>
       </c>
-      <c r="B18" t="s">
-[...2 lines deleted...]
-      <c r="C18" t="s">
+      <c r="H18" t="s">
         <v>93</v>
-      </c>
-[...13 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
+        <v>94</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>95</v>
+      </c>
+      <c r="D19" t="s">
+        <v>73</v>
+      </c>
+      <c r="E19" t="s">
+        <v>74</v>
+      </c>
+      <c r="F19" t="s">
+        <v>79</v>
+      </c>
+      <c r="G19" s="1" t="s">
         <v>96</v>
       </c>
-      <c r="B19" t="s">
-[...14 lines deleted...]
-      <c r="G19" s="1" t="s">
+      <c r="H19" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
+        <v>98</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
         <v>99</v>
       </c>
-      <c r="B20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D20" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="E20" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="F20" t="s">
-        <v>34</v>
+        <v>100</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>75</v>
+        <v>101</v>
       </c>
       <c r="H20" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="D21" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="E21" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="F21" t="s">
-        <v>30</v>
+        <v>105</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="H21" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
+        <v>108</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>109</v>
+      </c>
+      <c r="D22" t="s">
+        <v>73</v>
+      </c>
+      <c r="E22" t="s">
+        <v>74</v>
+      </c>
+      <c r="F22" t="s">
         <v>105</v>
       </c>
-      <c r="B22" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G22" s="1" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="H22" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="D23" t="s">
-        <v>79</v>
+        <v>114</v>
       </c>
       <c r="E23" t="s">
-        <v>80</v>
+        <v>115</v>
       </c>
       <c r="F23" t="s">
-        <v>25</v>
+        <v>116</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="H23" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>65</v>
+        <v>43</v>
       </c>
       <c r="D24" t="s">
-        <v>79</v>
+        <v>114</v>
       </c>
       <c r="E24" t="s">
-        <v>80</v>
+        <v>115</v>
       </c>
       <c r="F24" t="s">
-        <v>20</v>
+        <v>49</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="H24" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>70</v>
+        <v>48</v>
       </c>
       <c r="D25" t="s">
-        <v>79</v>
+        <v>114</v>
       </c>
       <c r="E25" t="s">
-        <v>80</v>
+        <v>115</v>
       </c>
       <c r="F25" t="s">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="H25" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>118</v>
+        <v>125</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>74</v>
+        <v>53</v>
       </c>
       <c r="D26" t="s">
-        <v>79</v>
+        <v>114</v>
       </c>
       <c r="E26" t="s">
-        <v>80</v>
+        <v>115</v>
       </c>
       <c r="F26" t="s">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>119</v>
+        <v>126</v>
       </c>
       <c r="H26" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>122</v>
+        <v>57</v>
       </c>
       <c r="D27" t="s">
-        <v>79</v>
+        <v>114</v>
       </c>
       <c r="E27" t="s">
-        <v>80</v>
+        <v>115</v>
       </c>
       <c r="F27" t="s">
-        <v>123</v>
+        <v>49</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="H27" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>127</v>
+        <v>17</v>
       </c>
       <c r="D28" t="s">
-        <v>79</v>
+        <v>114</v>
       </c>
       <c r="E28" t="s">
-        <v>80</v>
+        <v>115</v>
       </c>
       <c r="F28" t="s">
-        <v>123</v>
+        <v>49</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>128</v>
+        <v>40</v>
       </c>
       <c r="H28" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>61</v>
+        <v>133</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>89</v>
+        <v>134</v>
       </c>
       <c r="D29" t="s">
-        <v>130</v>
+        <v>114</v>
       </c>
       <c r="E29" t="s">
-        <v>131</v>
+        <v>115</v>
       </c>
       <c r="F29" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="H29" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>127</v>
+        <v>137</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>70</v>
+        <v>138</v>
       </c>
       <c r="D30" t="s">
-        <v>130</v>
+        <v>114</v>
       </c>
       <c r="E30" t="s">
-        <v>131</v>
+        <v>115</v>
       </c>
       <c r="F30" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="H30" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>74</v>
+        <v>86</v>
       </c>
       <c r="D31" t="s">
-        <v>130</v>
+        <v>114</v>
       </c>
       <c r="E31" t="s">
-        <v>131</v>
+        <v>115</v>
       </c>
       <c r="F31" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="H31" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>122</v>
+        <v>91</v>
       </c>
       <c r="D32" t="s">
-        <v>130</v>
+        <v>114</v>
       </c>
       <c r="E32" t="s">
-        <v>131</v>
+        <v>115</v>
       </c>
       <c r="F32" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="H32" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>127</v>
+        <v>95</v>
       </c>
       <c r="D33" t="s">
-        <v>130</v>
+        <v>114</v>
       </c>
       <c r="E33" t="s">
-        <v>131</v>
+        <v>115</v>
       </c>
       <c r="F33" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="H33" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>139</v>
+        <v>150</v>
       </c>
       <c r="D34" t="s">
-        <v>130</v>
+        <v>114</v>
       </c>
       <c r="E34" t="s">
-        <v>131</v>
+        <v>115</v>
       </c>
       <c r="F34" t="s">
-        <v>34</v>
+        <v>62</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="H34" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>142</v>
+        <v>154</v>
       </c>
       <c r="D35" t="s">
-        <v>130</v>
+        <v>114</v>
       </c>
       <c r="E35" t="s">
-        <v>131</v>
+        <v>115</v>
       </c>
       <c r="F35" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>149</v>
+        <v>155</v>
       </c>
       <c r="H35" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>151</v>
+        <v>157</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="D36" t="s">
-        <v>130</v>
+        <v>114</v>
       </c>
       <c r="E36" t="s">
-        <v>131</v>
+        <v>115</v>
       </c>
       <c r="F36" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>153</v>
+        <v>159</v>
       </c>
       <c r="H36" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>145</v>
+        <v>161</v>
       </c>
       <c r="D37" t="s">
-        <v>130</v>
+        <v>114</v>
       </c>
       <c r="E37" t="s">
-        <v>131</v>
+        <v>115</v>
       </c>
       <c r="F37" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>156</v>
+        <v>162</v>
       </c>
       <c r="H37" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>158</v>
+        <v>164</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>148</v>
+        <v>104</v>
       </c>
       <c r="D38" t="s">
-        <v>130</v>
+        <v>114</v>
       </c>
       <c r="E38" t="s">
-        <v>131</v>
+        <v>115</v>
       </c>
       <c r="F38" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="H38" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="D39" t="s">
-        <v>130</v>
+        <v>114</v>
       </c>
       <c r="E39" t="s">
-        <v>131</v>
+        <v>115</v>
       </c>
       <c r="F39" t="s">
-        <v>162</v>
+        <v>62</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>163</v>
+        <v>169</v>
       </c>
       <c r="H39" t="s">
-        <v>164</v>
+        <v>170</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>165</v>
+        <v>171</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>166</v>
+        <v>172</v>
       </c>
       <c r="D40" t="s">
-        <v>130</v>
+        <v>114</v>
       </c>
       <c r="E40" t="s">
-        <v>131</v>
+        <v>115</v>
       </c>
       <c r="F40" t="s">
-        <v>162</v>
+        <v>58</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>167</v>
+        <v>173</v>
       </c>
       <c r="H40" t="s">
-        <v>168</v>
+        <v>174</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="D41" t="s">
-        <v>130</v>
+        <v>114</v>
       </c>
       <c r="E41" t="s">
-        <v>131</v>
+        <v>115</v>
       </c>
       <c r="F41" t="s">
-        <v>162</v>
+        <v>58</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>171</v>
+        <v>177</v>
       </c>
       <c r="H41" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>174</v>
+        <v>180</v>
       </c>
       <c r="D42" t="s">
-        <v>130</v>
+        <v>114</v>
       </c>
       <c r="E42" t="s">
-        <v>131</v>
+        <v>115</v>
       </c>
       <c r="F42" t="s">
-        <v>175</v>
+        <v>18</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="H42" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="D43" t="s">
-        <v>130</v>
+        <v>114</v>
       </c>
       <c r="E43" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-        <v>180</v>
+        <v>115</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>181</v>
+        <v>40</v>
       </c>
       <c r="H43" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="D44" t="s">
-        <v>130</v>
+        <v>114</v>
       </c>
       <c r="E44" t="s">
-        <v>131</v>
+        <v>115</v>
       </c>
       <c r="F44" t="s">
-        <v>185</v>
+        <v>18</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>186</v>
+        <v>40</v>
       </c>
       <c r="H44" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D45" t="s">
-        <v>130</v>
+        <v>114</v>
       </c>
       <c r="E45" t="s">
-        <v>131</v>
+        <v>115</v>
       </c>
       <c r="F45" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="H45" t="s">
-        <v>191</v>
+        <v>185</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>192</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
         <v>193</v>
       </c>
       <c r="D46" t="s">
-        <v>130</v>
+        <v>114</v>
       </c>
       <c r="E46" t="s">
-        <v>131</v>
+        <v>115</v>
       </c>
       <c r="F46" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="G46" s="1" t="s">
         <v>194</v>
       </c>
       <c r="H46" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
+        <v>17</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>48</v>
+      </c>
+      <c r="D47" t="s">
         <v>196</v>
       </c>
-      <c r="B47" t="s">
-[...2 lines deleted...]
-      <c r="C47" t="s">
+      <c r="E47" t="s">
         <v>197</v>
       </c>
-      <c r="D47" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F47" t="s">
-        <v>162</v>
+        <v>49</v>
       </c>
       <c r="G47" s="1" t="s">
         <v>198</v>
       </c>
       <c r="H47" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
+        <v>99</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>91</v>
+      </c>
+      <c r="D48" t="s">
+        <v>196</v>
+      </c>
+      <c r="E48" t="s">
+        <v>197</v>
+      </c>
+      <c r="F48" t="s">
+        <v>49</v>
+      </c>
+      <c r="G48" s="1" t="s">
         <v>200</v>
       </c>
-      <c r="B48" t="s">
-[...2 lines deleted...]
-      <c r="C48" t="s">
+      <c r="H48" t="s">
         <v>201</v>
-      </c>
-[...13 lines deleted...]
-        <v>203</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>204</v>
+        <v>154</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>205</v>
+        <v>95</v>
       </c>
       <c r="D49" t="s">
-        <v>130</v>
+        <v>196</v>
       </c>
       <c r="E49" t="s">
-        <v>131</v>
+        <v>197</v>
       </c>
       <c r="F49" t="s">
-        <v>20</v>
+        <v>49</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="H49" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>208</v>
+        <v>158</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>209</v>
+        <v>150</v>
       </c>
       <c r="D50" t="s">
-        <v>130</v>
+        <v>196</v>
       </c>
       <c r="E50" t="s">
-        <v>131</v>
+        <v>197</v>
       </c>
       <c r="F50" t="s">
-        <v>39</v>
+        <v>49</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>210</v>
+        <v>204</v>
       </c>
       <c r="H50" t="s">
-        <v>211</v>
+        <v>205</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>212</v>
+        <v>161</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>213</v>
+        <v>99</v>
       </c>
       <c r="D51" t="s">
-        <v>130</v>
+        <v>196</v>
       </c>
       <c r="E51" t="s">
-        <v>131</v>
+        <v>197</v>
       </c>
       <c r="F51" t="s">
-        <v>34</v>
+        <v>49</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="H51" t="s">
-        <v>215</v>
+        <v>207</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>216</v>
+        <v>109</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>217</v>
+        <v>158</v>
       </c>
       <c r="D52" t="s">
-        <v>130</v>
+        <v>196</v>
       </c>
       <c r="E52" t="s">
-        <v>131</v>
+        <v>197</v>
       </c>
       <c r="F52" t="s">
-        <v>39</v>
+        <v>49</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>218</v>
+        <v>208</v>
       </c>
       <c r="H52" t="s">
-        <v>219</v>
+        <v>209</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>220</v>
+        <v>168</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>221</v>
+        <v>161</v>
       </c>
       <c r="D53" t="s">
-        <v>130</v>
+        <v>196</v>
       </c>
       <c r="E53" t="s">
-        <v>131</v>
+        <v>197</v>
       </c>
       <c r="F53" t="s">
-        <v>222</v>
+        <v>49</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>223</v>
+        <v>210</v>
       </c>
       <c r="H53" t="s">
-        <v>224</v>
+        <v>211</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>225</v>
+        <v>172</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>226</v>
+        <v>104</v>
       </c>
       <c r="D54" t="s">
-        <v>130</v>
+        <v>196</v>
       </c>
       <c r="E54" t="s">
-        <v>131</v>
+        <v>197</v>
       </c>
       <c r="F54" t="s">
-        <v>34</v>
+        <v>49</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>227</v>
+        <v>212</v>
       </c>
       <c r="H54" t="s">
-        <v>228</v>
+        <v>213</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
+        <v>176</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>109</v>
+      </c>
+      <c r="D55" t="s">
+        <v>196</v>
+      </c>
+      <c r="E55" t="s">
+        <v>197</v>
+      </c>
+      <c r="F55" t="s">
+        <v>49</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="H55" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8">
+      <c r="A56" t="s">
+        <v>180</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>168</v>
+      </c>
+      <c r="D56" t="s">
+        <v>196</v>
+      </c>
+      <c r="E56" t="s">
+        <v>197</v>
+      </c>
+      <c r="F56" t="s">
+        <v>49</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="H56" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8">
+      <c r="A57" t="s">
+        <v>190</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>180</v>
+      </c>
+      <c r="D57" t="s">
+        <v>196</v>
+      </c>
+      <c r="E57" t="s">
+        <v>197</v>
+      </c>
+      <c r="F57" t="s">
+        <v>218</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="H57" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8">
+      <c r="A58" t="s">
+        <v>193</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>184</v>
+      </c>
+      <c r="D58" t="s">
+        <v>196</v>
+      </c>
+      <c r="E58" t="s">
+        <v>197</v>
+      </c>
+      <c r="F58" t="s">
+        <v>218</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="H58" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8">
+      <c r="A59" t="s">
+        <v>223</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>224</v>
+      </c>
+      <c r="D59" t="s">
+        <v>196</v>
+      </c>
+      <c r="E59" t="s">
+        <v>197</v>
+      </c>
+      <c r="F59" t="s">
+        <v>218</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="H59" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8">
+      <c r="A60" t="s">
+        <v>227</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
+        <v>228</v>
+      </c>
+      <c r="D60" t="s">
+        <v>196</v>
+      </c>
+      <c r="E60" t="s">
+        <v>197</v>
+      </c>
+      <c r="F60" t="s">
         <v>229</v>
       </c>
-      <c r="B55" t="s">
-[...5 lines deleted...]
-      <c r="D55" t="s">
+      <c r="G60" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="E55" t="s">
+      <c r="H60" t="s">
         <v>231</v>
       </c>
-      <c r="F55" t="s">
+    </row>
+    <row r="61" spans="1:8">
+      <c r="A61" t="s">
+        <v>232</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>233</v>
+      </c>
+      <c r="D61" t="s">
+        <v>196</v>
+      </c>
+      <c r="E61" t="s">
+        <v>197</v>
+      </c>
+      <c r="F61" t="s">
+        <v>234</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="H61" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8">
+      <c r="A62" t="s">
+        <v>237</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>238</v>
+      </c>
+      <c r="D62" t="s">
+        <v>196</v>
+      </c>
+      <c r="E62" t="s">
+        <v>197</v>
+      </c>
+      <c r="F62" t="s">
+        <v>239</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="H62" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8">
+      <c r="A63" t="s">
+        <v>242</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>243</v>
+      </c>
+      <c r="D63" t="s">
+        <v>196</v>
+      </c>
+      <c r="E63" t="s">
+        <v>197</v>
+      </c>
+      <c r="F63" t="s">
         <v>30</v>
       </c>
-      <c r="G55" s="1" t="s">
-[...3 lines deleted...]
-        <v>233</v>
+      <c r="G63" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="H63" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8">
+      <c r="A64" t="s">
+        <v>246</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
+        <v>247</v>
+      </c>
+      <c r="D64" t="s">
+        <v>196</v>
+      </c>
+      <c r="E64" t="s">
+        <v>197</v>
+      </c>
+      <c r="F64" t="s">
+        <v>30</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="H64" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8">
+      <c r="A65" t="s">
+        <v>250</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>251</v>
+      </c>
+      <c r="D65" t="s">
+        <v>196</v>
+      </c>
+      <c r="E65" t="s">
+        <v>197</v>
+      </c>
+      <c r="F65" t="s">
+        <v>218</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="H65" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8">
+      <c r="A66" t="s">
+        <v>254</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>255</v>
+      </c>
+      <c r="D66" t="s">
+        <v>196</v>
+      </c>
+      <c r="E66" t="s">
+        <v>197</v>
+      </c>
+      <c r="F66" t="s">
+        <v>49</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="H66" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8">
+      <c r="A67" t="s">
+        <v>258</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>259</v>
+      </c>
+      <c r="D67" t="s">
+        <v>196</v>
+      </c>
+      <c r="E67" t="s">
+        <v>197</v>
+      </c>
+      <c r="F67" t="s">
+        <v>44</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="H67" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8">
+      <c r="A68" t="s">
+        <v>262</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>263</v>
+      </c>
+      <c r="D68" t="s">
+        <v>196</v>
+      </c>
+      <c r="E68" t="s">
+        <v>197</v>
+      </c>
+      <c r="F68" t="s">
+        <v>35</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="H68" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8">
+      <c r="A69" t="s">
+        <v>266</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>267</v>
+      </c>
+      <c r="D69" t="s">
+        <v>196</v>
+      </c>
+      <c r="E69" t="s">
+        <v>197</v>
+      </c>
+      <c r="F69" t="s">
+        <v>49</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="H69" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8">
+      <c r="A70" t="s">
+        <v>270</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>271</v>
+      </c>
+      <c r="D70" t="s">
+        <v>196</v>
+      </c>
+      <c r="E70" t="s">
+        <v>197</v>
+      </c>
+      <c r="F70" t="s">
+        <v>35</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="H70" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8">
+      <c r="A71" t="s">
+        <v>274</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>275</v>
+      </c>
+      <c r="D71" t="s">
+        <v>196</v>
+      </c>
+      <c r="E71" t="s">
+        <v>197</v>
+      </c>
+      <c r="F71" t="s">
+        <v>276</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="H71" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8">
+      <c r="A72" t="s">
+        <v>279</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
+        <v>280</v>
+      </c>
+      <c r="D72" t="s">
+        <v>196</v>
+      </c>
+      <c r="E72" t="s">
+        <v>197</v>
+      </c>
+      <c r="F72" t="s">
+        <v>49</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="H72" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8">
+      <c r="A73" t="s">
+        <v>283</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
+        <v>284</v>
+      </c>
+      <c r="D73" t="s">
+        <v>196</v>
+      </c>
+      <c r="E73" t="s">
+        <v>197</v>
+      </c>
+      <c r="F73" t="s">
+        <v>30</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="H73" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8">
+      <c r="A74" t="s">
+        <v>287</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
+        <v>71</v>
+      </c>
+      <c r="D74" t="s">
+        <v>196</v>
+      </c>
+      <c r="E74" t="s">
+        <v>197</v>
+      </c>
+      <c r="F74" t="s">
+        <v>30</v>
+      </c>
+      <c r="G74" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="H74" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8">
+      <c r="A75" t="s">
+        <v>290</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
+        <v>291</v>
+      </c>
+      <c r="D75" t="s">
+        <v>196</v>
+      </c>
+      <c r="E75" t="s">
+        <v>197</v>
+      </c>
+      <c r="F75" t="s">
+        <v>18</v>
+      </c>
+      <c r="G75" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="H75" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8">
+      <c r="A76" t="s">
+        <v>294</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
+        <v>295</v>
+      </c>
+      <c r="D76" t="s">
+        <v>196</v>
+      </c>
+      <c r="E76" t="s">
+        <v>197</v>
+      </c>
+      <c r="F76" t="s">
+        <v>30</v>
+      </c>
+      <c r="G76" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="H76" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8">
+      <c r="A77" t="s">
+        <v>298</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
+        <v>299</v>
+      </c>
+      <c r="D77" t="s">
+        <v>196</v>
+      </c>
+      <c r="E77" t="s">
+        <v>197</v>
+      </c>
+      <c r="F77" t="s">
+        <v>44</v>
+      </c>
+      <c r="G77" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="H77" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8">
+      <c r="A78" t="s">
+        <v>302</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
+        <v>303</v>
+      </c>
+      <c r="D78" t="s">
+        <v>196</v>
+      </c>
+      <c r="E78" t="s">
+        <v>197</v>
+      </c>
+      <c r="F78" t="s">
+        <v>49</v>
+      </c>
+      <c r="G78" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="H78" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8">
+      <c r="A79" t="s">
+        <v>306</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
+        <v>307</v>
+      </c>
+      <c r="D79" t="s">
+        <v>196</v>
+      </c>
+      <c r="E79" t="s">
+        <v>197</v>
+      </c>
+      <c r="F79" t="s">
+        <v>49</v>
+      </c>
+      <c r="G79" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="H79" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8">
+      <c r="A80" t="s">
+        <v>310</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
+        <v>311</v>
+      </c>
+      <c r="D80" t="s">
+        <v>196</v>
+      </c>
+      <c r="E80" t="s">
+        <v>197</v>
+      </c>
+      <c r="F80" t="s">
+        <v>30</v>
+      </c>
+      <c r="G80" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="H80" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8">
+      <c r="A81" t="s">
+        <v>314</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
+        <v>315</v>
+      </c>
+      <c r="D81" t="s">
+        <v>196</v>
+      </c>
+      <c r="E81" t="s">
+        <v>197</v>
+      </c>
+      <c r="F81" t="s">
+        <v>49</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="H81" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8">
+      <c r="A82" t="s">
+        <v>318</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
+        <v>22</v>
+      </c>
+      <c r="D82" t="s">
+        <v>319</v>
+      </c>
+      <c r="E82" t="s">
+        <v>320</v>
+      </c>
+      <c r="F82" t="s">
+        <v>30</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="H82" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8">
+      <c r="A83" t="s">
+        <v>323</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
+        <v>34</v>
+      </c>
+      <c r="D83" t="s">
+        <v>319</v>
+      </c>
+      <c r="E83" t="s">
+        <v>320</v>
+      </c>
+      <c r="F83" t="s">
+        <v>105</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="H83" t="s">
+        <v>325</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -2572,50 +3576,78 @@
     <hyperlink ref="G31" r:id="rId30"/>
     <hyperlink ref="G32" r:id="rId31"/>
     <hyperlink ref="G33" r:id="rId32"/>
     <hyperlink ref="G34" r:id="rId33"/>
     <hyperlink ref="G35" r:id="rId34"/>
     <hyperlink ref="G36" r:id="rId35"/>
     <hyperlink ref="G37" r:id="rId36"/>
     <hyperlink ref="G38" r:id="rId37"/>
     <hyperlink ref="G39" r:id="rId38"/>
     <hyperlink ref="G40" r:id="rId39"/>
     <hyperlink ref="G41" r:id="rId40"/>
     <hyperlink ref="G42" r:id="rId41"/>
     <hyperlink ref="G43" r:id="rId42"/>
     <hyperlink ref="G44" r:id="rId43"/>
     <hyperlink ref="G45" r:id="rId44"/>
     <hyperlink ref="G46" r:id="rId45"/>
     <hyperlink ref="G47" r:id="rId46"/>
     <hyperlink ref="G48" r:id="rId47"/>
     <hyperlink ref="G49" r:id="rId48"/>
     <hyperlink ref="G50" r:id="rId49"/>
     <hyperlink ref="G51" r:id="rId50"/>
     <hyperlink ref="G52" r:id="rId51"/>
     <hyperlink ref="G53" r:id="rId52"/>
     <hyperlink ref="G54" r:id="rId53"/>
     <hyperlink ref="G55" r:id="rId54"/>
+    <hyperlink ref="G56" r:id="rId55"/>
+    <hyperlink ref="G57" r:id="rId56"/>
+    <hyperlink ref="G58" r:id="rId57"/>
+    <hyperlink ref="G59" r:id="rId58"/>
+    <hyperlink ref="G60" r:id="rId59"/>
+    <hyperlink ref="G61" r:id="rId60"/>
+    <hyperlink ref="G62" r:id="rId61"/>
+    <hyperlink ref="G63" r:id="rId62"/>
+    <hyperlink ref="G64" r:id="rId63"/>
+    <hyperlink ref="G65" r:id="rId64"/>
+    <hyperlink ref="G66" r:id="rId65"/>
+    <hyperlink ref="G67" r:id="rId66"/>
+    <hyperlink ref="G68" r:id="rId67"/>
+    <hyperlink ref="G69" r:id="rId68"/>
+    <hyperlink ref="G70" r:id="rId69"/>
+    <hyperlink ref="G71" r:id="rId70"/>
+    <hyperlink ref="G72" r:id="rId71"/>
+    <hyperlink ref="G73" r:id="rId72"/>
+    <hyperlink ref="G74" r:id="rId73"/>
+    <hyperlink ref="G75" r:id="rId74"/>
+    <hyperlink ref="G76" r:id="rId75"/>
+    <hyperlink ref="G77" r:id="rId76"/>
+    <hyperlink ref="G78" r:id="rId77"/>
+    <hyperlink ref="G79" r:id="rId78"/>
+    <hyperlink ref="G80" r:id="rId79"/>
+    <hyperlink ref="G81" r:id="rId80"/>
+    <hyperlink ref="G82" r:id="rId81"/>
+    <hyperlink ref="G83" r:id="rId82"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>