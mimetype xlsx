--- v0 (2025-10-28)
+++ v1 (2026-02-08)
@@ -10,137 +10,149 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="44">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="48">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Jorge Vieira dos Santos Filho</t>
   </si>
   <si>
     <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/284/projeto_de_lei_04_2025_revoga_a_lei_300_2023.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N°04/2025. EMENTA: REVOGA INTEGRALMENTE A LEI MUNICIPAL Nº 300, DE 27 DE JUNHO DE 2023, QUE AUTORIZAVA A DESAFETAÇÃO E DOAÇÃO DE IMÓVEL PÚBLICO MUNICIPAL À CÂMARA MUNICIPAL DE VILA NOVA DOS MARTÍRIOS/MA.</t>
   </si>
   <si>
+    <t>354</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/354/projeto_de_lei_09_2025_altera_artigo_da_lei_142_2011.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI Nº 09 DE 30 DE OUTUBRO DE 2025 - ALTERA O CAPÍTULO IX, SEÇÃO I, ART. 60 DA LEI Nº 142/2011, DISPÕE SOBRE A ESTRUTURA DO PLANO DE CARGOS E CARREIRA DA REDE MUNICIPAL DE ENSINO DE VILA NOVA DOS MARTÍRIOS – MA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
     <t>310</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Josemar do Ouro, Gil Santa Marta, Isac Soares, João Fredson</t>
   </si>
   <si>
     <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/310/projeto_de_resolucao_n01.pdf</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO Nº 01/2025 DE AUTORIA DOS VEREADORES JOSEMAR DO OURO, GIL SANTA MARTA, ISAC SOARES DE ARAÚJO E JOÃO FREDSON ALVES DE CARVALHO. ASSUNTO: ALTERA A RESOLUÇÃO Nº 01, DE 10 DE AGOSTO DE 2021, QUE DISPÕE SOBRE O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE VILA NOVA DOS MARTÍRIOS.</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>PAREC</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
     <t>CJURE - Comissão Permanente de Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/331/parecer_projeto_resolucao_02.pdf</t>
+    <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/331/parecer_n_08.2025_da_comissao_de_justica_e_redacao.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 08/2025 DA COMISSÃO DE JUSTIÇA E REDAÇÃO SOBRE O PROJETO DE RESOLUÇÃO Nº 02/2025.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t>DEC</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
     <t>Josemar do Ouro</t>
   </si>
   <si>
     <t>https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/258/decreto_no03.2025.pdf</t>
   </si>
   <si>
     <t>DECRETO LEGISLATIVO N°03/2025 DE 28 DE FEVEREIRO DE 2025 QUE ESTABELECE PONTO FACULTATIVO NO ÂMBITO DO PODER LEGISLATIVO_x000D_
 NO MUNICIPIO DE VILA NOVA DOS MARTIRIOSMA.</t>
   </si>
   <si>
     <t>277</t>
@@ -490,56 +502,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/284/projeto_de_lei_04_2025_revoga_a_lei_300_2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/310/projeto_de_resolucao_n01.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/331/parecer_projeto_resolucao_02.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/258/decreto_no03.2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/277/decreto_no01.2025-_consignado_do_banco_do_brasil_oficial.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/292/decreto_legislativo_no05.2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/284/projeto_de_lei_04_2025_revoga_a_lei_300_2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/354/projeto_de_lei_09_2025_altera_artigo_da_lei_142_2011.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/310/projeto_de_resolucao_n01.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/331/parecer_n_08.2025_da_comissao_de_justica_e_redacao.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/258/decreto_no03.2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/277/decreto_no01.2025-_consignado_do_banco_do_brasil_oficial.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.vilanovadosmartirios.ma.leg.br/media/sapl/public/materialegislativa/2025/292/decreto_legislativo_no05.2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="53.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="140.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -574,177 +586,204 @@
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>12</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
-      </c>
-[...7 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>22</v>
+      </c>
+      <c r="E4" t="s">
+        <v>23</v>
+      </c>
+      <c r="F4" t="s">
         <v>24</v>
       </c>
-      <c r="D4" t="s">
+      <c r="G4" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="E4" t="s">
+      <c r="H4" t="s">
         <v>26</v>
-      </c>
-[...7 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="D5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E5" t="s">
+        <v>30</v>
+      </c>
+      <c r="F5" t="s">
         <v>31</v>
       </c>
-      <c r="E5" t="s">
+      <c r="G5" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="F5" t="s">
+      <c r="H5" t="s">
         <v>33</v>
-      </c>
-[...4 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D6" t="s">
+        <v>35</v>
+      </c>
+      <c r="E6" t="s">
+        <v>36</v>
+      </c>
+      <c r="F6" t="s">
         <v>37</v>
-      </c>
-[...7 lines deleted...]
-        <v>33</v>
       </c>
       <c r="G6" s="1" t="s">
         <v>38</v>
       </c>
       <c r="H6" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>40</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>41</v>
       </c>
       <c r="D7" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="E7" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="F7" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G7" s="1" t="s">
         <v>42</v>
       </c>
       <c r="H7" t="s">
         <v>43</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8">
+      <c r="A8" t="s">
+        <v>44</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
+        <v>45</v>
+      </c>
+      <c r="D8" t="s">
+        <v>35</v>
+      </c>
+      <c r="E8" t="s">
+        <v>36</v>
+      </c>
+      <c r="F8" t="s">
+        <v>37</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="H8" t="s">
+        <v>47</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
+    <hyperlink ref="G8" r:id="rId7"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>